--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,78 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr date1904="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users07$\zbugarin\Desktop\WEB HR 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\hnb\Users07$\zbugarin\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61A50D1E-4EBE-4954-AB2F-C9271B39E668}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64D3C5C5-2D5A-4C2B-8A96-7C2FCCFF4312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="siječanj 2025." sheetId="1" r:id="rId1"/>
     <sheet name="veljača  2025." sheetId="2" r:id="rId2"/>
     <sheet name="ožujak   2025." sheetId="3" r:id="rId3"/>
     <sheet name="travanj  2025." sheetId="4" r:id="rId4"/>
     <sheet name="svibanj  2025." sheetId="5" r:id="rId5"/>
     <sheet name="lipanj   2025." sheetId="6" r:id="rId6"/>
+    <sheet name="srpanj   2025." sheetId="7" r:id="rId7"/>
+    <sheet name="kolovoz  2025." sheetId="8" r:id="rId8"/>
+    <sheet name="rujan    2025." sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="144525"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="55">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Izvještaj o bezgotovinskim platnim transakcijama u Republici Hrvatskoj - 2025.</t>
   </si>
   <si>
     <t>Izvještajni obveznik:</t>
   </si>
   <si>
     <t>Svi obveznici - ukupno</t>
   </si>
   <si>
     <t>Izvještajno razdoblje i godina:</t>
   </si>
@@ -183,50 +194,59 @@
   </si>
   <si>
     <t>(8) Transakcije platnim karticama izdanima u RH - obuhvaćaju sve vrste međunarodnih kartičnih platnih transakcija karticama izdanima u RH tj. transakcije kupnje robe i usluga te transakcije podizanja gotovog novca platnom karticom.</t>
   </si>
   <si>
     <t>(9) Transakcije prihvata platnih kartica izdanih izvan RH - obuhvaćaju transakcije prihvata platnih kartica izdanih izvan RH za kupnju robe i usluga preko prihvatnih uređaja. Transakcije kupnje e-novcem uključene su u Izvještaj.</t>
   </si>
   <si>
     <t>Izvor: HNB</t>
   </si>
   <si>
     <t>veljača  2025.</t>
   </si>
   <si>
     <t>ožujak   2025.</t>
   </si>
   <si>
     <t>travanj  2025.</t>
   </si>
   <si>
     <t>svibanj  2025.</t>
   </si>
   <si>
     <t>lipanj   2025.</t>
   </si>
+  <si>
+    <t>srpanj   2025.</t>
+  </si>
+  <si>
+    <t>kolovoz  2025.</t>
+  </si>
+  <si>
+    <t>rujan    2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="###,###,###,###,###,###"/>
     <numFmt numFmtId="165" formatCode="###,###,###,###,###,##0.00#%"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -308,51 +328,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -635,51 +655,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G20" sqref="G19:G20"/>
+      <selection activeCell="J30" sqref="J30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
@@ -3756,52 +3776,1924 @@
     <mergeCell ref="E16:E17"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:E48"/>
   <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="11"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="11"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="11"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="11"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="4"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="5"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="4">
+        <v>38403680</v>
+      </c>
+      <c r="C19" s="5">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="D19" s="4">
+        <v>51046427473.260002</v>
+      </c>
+      <c r="E19" s="5">
+        <v>0.96099999999999997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="6">
+        <v>35969167</v>
+      </c>
+      <c r="C20" s="7">
+        <v>0.93700000000000006</v>
+      </c>
+      <c r="D20" s="6">
+        <v>49883848899.849998</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.97699999999999998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="6">
+        <v>2434513</v>
+      </c>
+      <c r="C21" s="7">
+        <v>6.3E-2</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1162578573.4100001</v>
+      </c>
+      <c r="E21" s="7">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="4">
+        <v>813503</v>
+      </c>
+      <c r="C22" s="5">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="D22" s="4">
+        <v>43876115</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1806704</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="D23" s="4">
+        <v>205619092</v>
+      </c>
+      <c r="E23" s="5">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="4">
+        <v>16222623</v>
+      </c>
+      <c r="C24" s="5">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="D24" s="4">
+        <v>41465565.82</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="4">
+        <v>60679037</v>
+      </c>
+      <c r="C25" s="5">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1753869516</v>
+      </c>
+      <c r="E25" s="5">
+        <v>3.3000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="6">
+        <v>53163153</v>
+      </c>
+      <c r="C26" s="7">
+        <v>0.876</v>
+      </c>
+      <c r="D26" s="6">
+        <v>1441038678</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0.82199999999999995</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="6">
+        <v>7515884</v>
+      </c>
+      <c r="C27" s="7">
+        <v>0.124</v>
+      </c>
+      <c r="D27" s="6">
+        <v>312830838</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0.17799999999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="4"/>
+      <c r="C28" s="5"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="4">
+        <v>117925547</v>
+      </c>
+      <c r="C29" s="5">
+        <v>1</v>
+      </c>
+      <c r="D29" s="4">
+        <v>53091257762.080002</v>
+      </c>
+      <c r="E29" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="4"/>
+      <c r="C30" s="5"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="5"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="4">
+        <v>633864</v>
+      </c>
+      <c r="C31" s="5">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="D31" s="4">
+        <v>6480626658.7700005</v>
+      </c>
+      <c r="E31" s="5">
+        <v>0.46200000000000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1584610</v>
+      </c>
+      <c r="C32" s="5">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="D32" s="4">
+        <v>6294947222.9499998</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0.44800000000000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="4">
+        <v>9801350</v>
+      </c>
+      <c r="C33" s="5">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="D33" s="4">
+        <v>533300482.69</v>
+      </c>
+      <c r="E33" s="5">
+        <v>3.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="4">
+        <v>17104737</v>
+      </c>
+      <c r="C34" s="5">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="D34" s="4">
+        <v>728848583</v>
+      </c>
+      <c r="E34" s="5">
+        <v>5.1999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="4">
+        <v>29124561</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1</v>
+      </c>
+      <c r="D35" s="4">
+        <v>14037722947.41</v>
+      </c>
+      <c r="E35" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="8">
+        <v>147050108</v>
+      </c>
+      <c r="C36" s="9"/>
+      <c r="D36" s="8">
+        <v>67128980709.489998</v>
+      </c>
+      <c r="E36" s="9"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="11"/>
+      <c r="C37" s="11"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="11"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="11"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+    </row>
+    <row r="39" spans="1:5" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="11"/>
+      <c r="C39" s="11"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="11"/>
+    </row>
+    <row r="40" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="11"/>
+      <c r="C40" s="11"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="11"/>
+    </row>
+    <row r="41" spans="1:5" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+    </row>
+    <row r="42" spans="1:5" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+    </row>
+    <row r="43" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+    </row>
+    <row r="44" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+    </row>
+    <row r="45" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+    </row>
+    <row r="46" spans="1:5" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+    </row>
+    <row r="47" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="11"/>
+      <c r="C47" s="11"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" s="11"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="11"/>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="11"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="11"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="11"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="11"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="4"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="5"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="4">
+        <v>38675634</v>
+      </c>
+      <c r="C19" s="5">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="D19" s="4">
+        <v>51762116678.230003</v>
+      </c>
+      <c r="E19" s="5">
+        <v>0.96099999999999997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="6">
+        <v>36224956</v>
+      </c>
+      <c r="C20" s="7">
+        <v>0.93700000000000006</v>
+      </c>
+      <c r="D20" s="6">
+        <v>50593120734.589996</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.97699999999999998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="6">
+        <v>2450678</v>
+      </c>
+      <c r="C21" s="7">
+        <v>6.3E-2</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1168995943.6400001</v>
+      </c>
+      <c r="E21" s="7">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="4">
+        <v>891724</v>
+      </c>
+      <c r="C22" s="5">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="D22" s="4">
+        <v>50156553</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1798715</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="D23" s="4">
+        <v>199598238</v>
+      </c>
+      <c r="E23" s="5">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="4">
+        <v>15094647</v>
+      </c>
+      <c r="C24" s="5">
+        <v>0.127</v>
+      </c>
+      <c r="D24" s="4">
+        <v>48385260.060000002</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="4">
+        <v>62119048</v>
+      </c>
+      <c r="C25" s="5">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1798844819</v>
+      </c>
+      <c r="E25" s="5">
+        <v>3.3000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="6">
+        <v>54370504</v>
+      </c>
+      <c r="C26" s="7">
+        <v>0.875</v>
+      </c>
+      <c r="D26" s="6">
+        <v>1482153072</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0.82399999999999995</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="6">
+        <v>7748544</v>
+      </c>
+      <c r="C27" s="7">
+        <v>0.125</v>
+      </c>
+      <c r="D27" s="6">
+        <v>316691747</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0.17599999999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="4"/>
+      <c r="C28" s="5"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="4">
+        <v>118579768</v>
+      </c>
+      <c r="C29" s="5">
+        <v>1</v>
+      </c>
+      <c r="D29" s="4">
+        <v>53859101548.290001</v>
+      </c>
+      <c r="E29" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="4"/>
+      <c r="C30" s="5"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="5"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="4">
+        <v>673931</v>
+      </c>
+      <c r="C31" s="5">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="D31" s="4">
+        <v>6543037143.8699999</v>
+      </c>
+      <c r="E31" s="5">
+        <v>0.42799999999999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1806109</v>
+      </c>
+      <c r="C32" s="5">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="D32" s="4">
+        <v>7070427628.1800003</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0.46200000000000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="4">
+        <v>9677443</v>
+      </c>
+      <c r="C33" s="5">
+        <v>0.246</v>
+      </c>
+      <c r="D33" s="4">
+        <v>542894878.14999998</v>
+      </c>
+      <c r="E33" s="5">
+        <v>3.5000000000000003E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="4">
+        <v>27114281</v>
+      </c>
+      <c r="C34" s="5">
+        <v>0.69</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1139656642</v>
+      </c>
+      <c r="E34" s="5">
+        <v>7.4999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="4">
+        <v>39271764</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1</v>
+      </c>
+      <c r="D35" s="4">
+        <v>15296016292.200001</v>
+      </c>
+      <c r="E35" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="8">
+        <v>157851532</v>
+      </c>
+      <c r="C36" s="9"/>
+      <c r="D36" s="8">
+        <v>69155117840.490005</v>
+      </c>
+      <c r="E36" s="9"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="11"/>
+      <c r="C37" s="11"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="11"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="11"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+    </row>
+    <row r="39" spans="1:5" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="11"/>
+      <c r="C39" s="11"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="11"/>
+    </row>
+    <row r="40" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="11"/>
+      <c r="C40" s="11"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="11"/>
+    </row>
+    <row r="41" spans="1:5" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+    </row>
+    <row r="42" spans="1:5" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+    </row>
+    <row r="43" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+    </row>
+    <row r="44" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+    </row>
+    <row r="45" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+    </row>
+    <row r="46" spans="1:5" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+    </row>
+    <row r="47" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="11"/>
+      <c r="C47" s="11"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" s="11"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="11"/>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="11"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="11"/>
+      <c r="C6" s="11"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="11"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="11"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="11"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="11"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="11"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="4"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="5"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="4">
+        <v>34898433</v>
+      </c>
+      <c r="C19" s="5">
+        <v>0.318</v>
+      </c>
+      <c r="D19" s="4">
+        <v>41508722730.410004</v>
+      </c>
+      <c r="E19" s="5">
+        <v>0.95399999999999996</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="6">
+        <v>32496222</v>
+      </c>
+      <c r="C20" s="7">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="D20" s="6">
+        <v>40425247136.919998</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.97399999999999998</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="6">
+        <v>2402211</v>
+      </c>
+      <c r="C21" s="7">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1083475593.49</v>
+      </c>
+      <c r="E21" s="7">
+        <v>2.5999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="4">
+        <v>822426</v>
+      </c>
+      <c r="C22" s="5">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="D22" s="4">
+        <v>48952198</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1782342</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1.6E-2</v>
+      </c>
+      <c r="D23" s="4">
+        <v>196926696</v>
+      </c>
+      <c r="E23" s="5">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="4">
+        <v>14112718</v>
+      </c>
+      <c r="C24" s="5">
+        <v>0.129</v>
+      </c>
+      <c r="D24" s="4">
+        <v>41734813.539999999</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="4">
+        <v>58072827</v>
+      </c>
+      <c r="C25" s="5">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1708544337</v>
+      </c>
+      <c r="E25" s="5">
+        <v>3.9E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="6">
+        <v>50936071</v>
+      </c>
+      <c r="C26" s="7">
+        <v>0.877</v>
+      </c>
+      <c r="D26" s="6">
+        <v>1420400105</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0.83099999999999996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="6">
+        <v>7136756</v>
+      </c>
+      <c r="C27" s="7">
+        <v>0.123</v>
+      </c>
+      <c r="D27" s="6">
+        <v>288144232</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0.16900000000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="4"/>
+      <c r="C28" s="5"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="4">
+        <v>109688746</v>
+      </c>
+      <c r="C29" s="5">
+        <v>1</v>
+      </c>
+      <c r="D29" s="4">
+        <v>43504880774.949997</v>
+      </c>
+      <c r="E29" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="4"/>
+      <c r="C30" s="5"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="5"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="4">
+        <v>592495</v>
+      </c>
+      <c r="C31" s="5">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="D31" s="4">
+        <v>5074569321.29</v>
+      </c>
+      <c r="E31" s="5">
+        <v>0.39600000000000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1677867</v>
+      </c>
+      <c r="C32" s="5">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="D32" s="4">
+        <v>5974784477.8999996</v>
+      </c>
+      <c r="E32" s="5">
+        <v>0.46600000000000003</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="4">
+        <v>9900964</v>
+      </c>
+      <c r="C33" s="5">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="D33" s="4">
+        <v>546505807.96000004</v>
+      </c>
+      <c r="E33" s="5">
+        <v>4.2999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="4">
+        <v>28601747</v>
+      </c>
+      <c r="C34" s="5">
+        <v>0.70099999999999996</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1221716569</v>
+      </c>
+      <c r="E34" s="5">
+        <v>9.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="4">
+        <v>40773073</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1</v>
+      </c>
+      <c r="D35" s="4">
+        <v>12817576176.15</v>
+      </c>
+      <c r="E35" s="5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="8">
+        <v>150461819</v>
+      </c>
+      <c r="C36" s="9"/>
+      <c r="D36" s="8">
+        <v>56322456951.099998</v>
+      </c>
+      <c r="E36" s="9"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="11"/>
+      <c r="C37" s="11"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="11"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="11"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+    </row>
+    <row r="39" spans="1:5" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="11"/>
+      <c r="C39" s="11"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="11"/>
+    </row>
+    <row r="40" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="11"/>
+      <c r="C40" s="11"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="11"/>
+    </row>
+    <row r="41" spans="1:5" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="11"/>
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+    </row>
+    <row r="42" spans="1:5" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+    </row>
+    <row r="43" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="11"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+    </row>
+    <row r="44" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" s="11"/>
+      <c r="C44" s="11"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="11"/>
+    </row>
+    <row r="45" spans="1:5" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="11"/>
+      <c r="C45" s="11"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="11"/>
+    </row>
+    <row r="46" spans="1:5" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="11"/>
+      <c r="C46" s="11"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="11"/>
+    </row>
+    <row r="47" spans="1:5" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="11"/>
+      <c r="C47" s="11"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="11"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" s="11"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="11"/>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G15" sqref="G15"/>
+      <selection activeCell="G18" sqref="G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
@@ -3866,51 +5758,51 @@
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
@@ -3950,328 +5842,328 @@
       <c r="E16" s="15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="11"/>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="4"/>
       <c r="C18" s="5"/>
       <c r="D18" s="4"/>
       <c r="E18" s="5"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="4">
-        <v>38403680</v>
+        <v>39762338</v>
       </c>
       <c r="C19" s="5">
-        <v>0.32600000000000001</v>
+        <v>0.33800000000000002</v>
       </c>
       <c r="D19" s="4">
-        <v>51046427473.260002</v>
+        <v>50109057102.010002</v>
       </c>
       <c r="E19" s="5">
         <v>0.96099999999999997</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="6">
-        <v>35969167</v>
+        <v>37306344</v>
       </c>
       <c r="C20" s="7">
-        <v>0.93700000000000006</v>
+        <v>0.93799999999999994</v>
       </c>
       <c r="D20" s="6">
-        <v>49883848899.849998</v>
+        <v>48913697621.400002</v>
       </c>
       <c r="E20" s="7">
-        <v>0.97699999999999998</v>
+        <v>0.97599999999999998</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="6">
-        <v>2434513</v>
+        <v>2455994</v>
       </c>
       <c r="C21" s="7">
-        <v>6.3E-2</v>
+        <v>6.2E-2</v>
       </c>
       <c r="D21" s="6">
-        <v>1162578573.4100001</v>
+        <v>1195359480.6099999</v>
       </c>
       <c r="E21" s="7">
-        <v>2.3E-2</v>
+        <v>2.4E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="4">
-        <v>813503</v>
+        <v>906984</v>
       </c>
       <c r="C22" s="5">
-        <v>7.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="D22" s="4">
-        <v>43876115</v>
+        <v>53659569</v>
       </c>
       <c r="E22" s="5">
         <v>1E-3</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="4">
-        <v>1806704</v>
+        <v>1795661</v>
       </c>
       <c r="C23" s="5">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="D23" s="4">
-        <v>205619092</v>
+        <v>195364765</v>
       </c>
       <c r="E23" s="5">
         <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="4">
-        <v>16222623</v>
+        <v>14885821</v>
       </c>
       <c r="C24" s="5">
-        <v>0.13800000000000001</v>
+        <v>0.127</v>
       </c>
       <c r="D24" s="4">
-        <v>41465565.82</v>
+        <v>41923572.07</v>
       </c>
       <c r="E24" s="5">
         <v>1E-3</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="4">
-        <v>60679037</v>
+        <v>60188466</v>
       </c>
       <c r="C25" s="5">
-        <v>0.51500000000000001</v>
+        <v>0.51200000000000001</v>
       </c>
       <c r="D25" s="4">
-        <v>1753869516</v>
+        <v>1719695612</v>
       </c>
       <c r="E25" s="5">
         <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="6">
-        <v>53163153</v>
+        <v>52647016</v>
       </c>
       <c r="C26" s="7">
-        <v>0.876</v>
+        <v>0.875</v>
       </c>
       <c r="D26" s="6">
-        <v>1441038678</v>
+        <v>1408694549</v>
       </c>
       <c r="E26" s="7">
-        <v>0.82199999999999995</v>
+        <v>0.81899999999999995</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="6">
-        <v>7515884</v>
+        <v>7541450</v>
       </c>
       <c r="C27" s="7">
-        <v>0.124</v>
+        <v>0.125</v>
       </c>
       <c r="D27" s="6">
-        <v>312830838</v>
+        <v>311001063</v>
       </c>
       <c r="E27" s="7">
-        <v>0.17799999999999999</v>
+        <v>0.18099999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="5"/>
       <c r="D28" s="4"/>
       <c r="E28" s="5"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="4">
-        <v>117925547</v>
+        <v>117539270</v>
       </c>
       <c r="C29" s="5">
         <v>1</v>
       </c>
       <c r="D29" s="4">
-        <v>53091257762.080002</v>
+        <v>52119700620.080002</v>
       </c>
       <c r="E29" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="5"/>
       <c r="D30" s="4"/>
       <c r="E30" s="5"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="4">
-        <v>633864</v>
+        <v>660845</v>
       </c>
       <c r="C31" s="5">
-        <v>2.1999999999999999E-2</v>
+        <v>2.3E-2</v>
       </c>
       <c r="D31" s="4">
-        <v>6480626658.7700005</v>
+        <v>6078079771.6800003</v>
       </c>
       <c r="E31" s="5">
-        <v>0.46200000000000002</v>
+        <v>0.42799999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="4">
-        <v>1584610</v>
+        <v>1656864</v>
       </c>
       <c r="C32" s="5">
-        <v>5.3999999999999999E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="D32" s="4">
-        <v>6294947222.9499998</v>
+        <v>6901171933.8999996</v>
       </c>
       <c r="E32" s="5">
-        <v>0.44800000000000001</v>
+        <v>0.48599999999999999</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="4">
-        <v>9801350</v>
+        <v>10203863</v>
       </c>
       <c r="C33" s="5">
-        <v>0.33700000000000002</v>
+        <v>0.34799999999999998</v>
       </c>
       <c r="D33" s="4">
-        <v>533300482.69</v>
+        <v>559372822.17999995</v>
       </c>
       <c r="E33" s="5">
-        <v>3.7999999999999999E-2</v>
+        <v>3.9E-2</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="4">
-        <v>17104737</v>
+        <v>16839528</v>
       </c>
       <c r="C34" s="5">
-        <v>0.58699999999999997</v>
+        <v>0.57399999999999995</v>
       </c>
       <c r="D34" s="4">
-        <v>728848583</v>
+        <v>648505062</v>
       </c>
       <c r="E34" s="5">
-        <v>5.1999999999999998E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B35" s="4">
-        <v>29124561</v>
+        <v>29361100</v>
       </c>
       <c r="C35" s="5">
         <v>1</v>
       </c>
       <c r="D35" s="4">
-        <v>14037722947.41</v>
+        <v>14187129589.76</v>
       </c>
       <c r="E35" s="5">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B36" s="8">
-        <v>147050108</v>
+        <v>146900370</v>
       </c>
       <c r="C36" s="9"/>
       <c r="D36" s="8">
-        <v>67128980709.489998</v>
+        <v>66306830209.839996</v>
       </c>
       <c r="E36" s="9"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B37" s="11"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
       <c r="E37" s="11"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B38" s="11"/>
       <c r="C38" s="11"/>
       <c r="D38" s="11"/>
       <c r="E38" s="11"/>
     </row>
     <row r="39" spans="1:5" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="13" t="s">
         <v>37</v>
       </c>
@@ -4389,54 +6281,57 @@
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>siječanj 2025.</vt:lpstr>
       <vt:lpstr>veljača  2025.</vt:lpstr>
       <vt:lpstr>ožujak   2025.</vt:lpstr>
       <vt:lpstr>travanj  2025.</vt:lpstr>
       <vt:lpstr>svibanj  2025.</vt:lpstr>
       <vt:lpstr>lipanj   2025.</vt:lpstr>
+      <vt:lpstr>srpanj   2025.</vt:lpstr>
+      <vt:lpstr>kolovoz  2025.</vt:lpstr>
+      <vt:lpstr>rujan    2025.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>oracle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>